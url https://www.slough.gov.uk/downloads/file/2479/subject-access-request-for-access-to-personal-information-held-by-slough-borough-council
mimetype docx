--- v0 (2025-10-17)
+++ v1 (2025-11-29)
@@ -1,1273 +1,1298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="07B3853F" w14:textId="1926C4B3" w:rsidR="00547C19" w:rsidRDefault="00547C19" w:rsidP="000D75FC">
-[...631 lines deleted...]
-    <w:p w14:paraId="4277BBCD" w14:textId="51B6144F" w:rsidR="000D75FC" w:rsidRPr="000D75FC" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+    <w:p w14:paraId="69E3CDFF" w14:textId="0935C4F3" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="1B40FF14" w:rsidP="00162FA8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Part 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B3853F" w14:textId="103E1435" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00162FA8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application for Access to Personal Information held by </w:t>
+      </w:r>
+      <w:r w:rsidR="00162FA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Slough Borough Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15956C99" w14:textId="05CD1413" w:rsidR="75DD4EBB" w:rsidRPr="00162FA8" w:rsidRDefault="75DD4EBB" w:rsidP="75DD4EBB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0E8680" w14:textId="2A821EDD" w:rsidR="21A6E147" w:rsidRPr="00162FA8" w:rsidRDefault="21A6E147" w:rsidP="00162FA8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="6B05EB00" w:rsidRPr="00162FA8">
+        <w:t>* All applicants must complete and sign Part 1 and Part 2 of this form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E83B89E" w14:textId="1882C460" w:rsidR="75DD4EBB" w:rsidRPr="00162FA8" w:rsidRDefault="75DD4EBB" w:rsidP="75DD4EBB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6188C361" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Full Name of Applicant:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049B2CFE" w14:textId="113A5E57" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Current Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5019C059" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F4F964" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1029BF" w14:textId="0BF763E1" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Previous address if less than 5 years:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBF75B2" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BABDA74" w14:textId="4BD3F9A3" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B83ECF" w14:textId="1E1CC14D" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Daytime telephone number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E26160" w14:textId="6CED7E36" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date of Birth:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0FC611" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0A647B" w14:textId="408399CF" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please describe the connection or relationship to the council (e.g. resident, supplier of goods, recipient of a particular service).  This will help us identify your data more easily:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EF0427" w14:textId="7954A425" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F2A11A2" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E217E8" w14:textId="13B07B89" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Describe below the information you require and from which council departments. Please give as much information as possible including dates, address, names where relevant.  This will help when we search our records:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247B8777" w14:textId="747FE85F" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0267CA" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A1E7BF9" w14:textId="5485EAC0" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Complete this section only if you are making the request on behalf of the person described above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31547D50" w14:textId="115834BE" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Full Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CC20ED" w14:textId="7FEC05DB" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Current Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7356F58C" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A16FCA9" w14:textId="1CA9A28A" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daytime telephone </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>number :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6765936C" w14:textId="790E0CAD" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Why are you making a request on behalf of the person above *:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B093B7E" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3DCFAA" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All applicants must sign and date the declaration below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5485C6" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I certify that the information given on this form is true</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B1A335" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42EAF200" w14:textId="4ACEF25C" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signed                                                                Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED592FE" w14:textId="5F1CE56E" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF45C15" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* If you are making the request on behalf of another person you must enclose with the request a signed authority from them.  If you are making the application because the data subject lacks capacity to make the application in their own </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>right</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please describe above in what way they lack capacity and why you have the authority to make the application on their behalf.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687D82D8" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="749D3F7D" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Please return completed form to Data Protection team, Slough Borough Council, Observatory House, 25 Windsor Road, Slough, Berks, SL1 2EL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321183FE" w14:textId="316B18A5" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  dpa@slough.gov.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C63E1A" w14:textId="058BBD89" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Data Protection Statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67491EFE" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Under the Data Protection Act 2018, we are required to inform you of the personal details we hold for you in relation to this activity of processing. Slough Borough Council and its agents may share this information with government and local authority departments and other authorised organisations for administrative, statistical and research purposes.  For further information please visit: www.slough.gov.uk/yourprivacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729A9628" w14:textId="7B36F546" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you are unable to access the provided links or wish to submit a query in relation to fair processing, please contact the data protection officer at DataProtectionOfficer@slough.gov.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2274DE4F" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60EA801A" w14:textId="449D582A" w:rsidR="000D75FC" w:rsidRPr="0025371B" w:rsidRDefault="77310ED6" w:rsidP="0025371B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025371B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Part 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4277BBCD" w14:textId="78CECCEE" w:rsidR="000D75FC" w:rsidRPr="0025371B" w:rsidRDefault="000D75FC" w:rsidP="0025371B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025371B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Form of Authority for release of data held by </w:t>
+      </w:r>
+      <w:r w:rsidR="0025371B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025371B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Slough Borough Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066C70D5" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D75FC">
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+    </w:p>
+    <w:p w14:paraId="09314831" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Form of Authority for release of data held by Slough Borough Council</w:t>
-[...172 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AB24BE" w14:textId="7C65AFFA" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B44ECA6" w14:textId="47A66A7B" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Date of Birth:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A60FC16" w14:textId="564FC773" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Current Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B3AA0A" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="488F1780" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3485697C" w14:textId="4DA36DA7" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Former address (if applicable):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158AD501" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A1A45DB" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF6A8C5" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>I hereby authorise – (name)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB5489D" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00DA1FDE" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="0DB5489D" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EAF679A" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A268478" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>of (address/organisation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B4BD72" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00DA1FDE" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="22B4BD72" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AD48DB1" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD1D047" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to obtain information as outlined on the attached form - Application for Access to Personal Information held by Slough Borough Council </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE84AB4" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00DA1FDE" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="7FE84AB4" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76363B01" w14:textId="6362089D" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Signed</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19829B56" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00DA1FDE" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
-[...12 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="19829B56" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="428E0364" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="580E01E9" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="000D75FC" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="580E01E9" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="000D75FC">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
         <w:t>Data Protection Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6C26A8" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00547C19" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
-[...28 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2C6C26A8" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under the Data Protection Act 2018, we are required to inform you of the personal details we hold for you in relation to this activity of processing. Slough Borough Council and its agents may share this information with government and local authority departments and other authorised organisations for administrative, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>statistical and research purposes.  For further information please visit: www.slough.gov.uk/yourprivacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C13BACB" w14:textId="17FF0D0F" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are unable to access the provided links or wish to submit a query in relation to fair processing, please contact the data protection officer at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00373CEE">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00162FA8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>DataProtectionOfficer@slough.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2167080B" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00DA1FDE" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
-[...20 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2167080B" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AC3F4D" w14:textId="1297B268" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">When disclosing the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...55 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:r w:rsidR="0025371B" w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>information,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we will require proof of address and proof of identity by production of a passport or photo card driving licence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53053461" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B74B0D" w14:textId="77777777" w:rsidR="000D75FC" w:rsidRPr="00162FA8" w:rsidRDefault="000D75FC" w:rsidP="000D75FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308BAC28" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19" w:rsidP="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E77E44" w14:textId="77777777" w:rsidR="00547C19" w:rsidRPr="00162FA8" w:rsidRDefault="00547C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00547C19" w:rsidRPr="00162FA8">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="67395D25" w14:textId="77777777" w:rsidR="00547C19" w:rsidRDefault="00547C19" w:rsidP="00547C19">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="22FF63D7" w14:textId="77777777" w:rsidR="00547C19" w:rsidRDefault="00547C19" w:rsidP="00547C19">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6AFA4F77" w14:textId="77777777" w:rsidR="00547C19" w:rsidRDefault="00547C19" w:rsidP="00547C19">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="28F5E3F9" w14:textId="77777777" w:rsidR="00547C19" w:rsidRDefault="00547C19" w:rsidP="00547C19">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="23DB0D8B" w14:textId="04D528C7" w:rsidR="00547C19" w:rsidRDefault="00547C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44ED0F2C" wp14:editId="71A5C677">
           <wp:extent cx="5731510" cy="535864"/>
           <wp:effectExtent l="0" t="0" r="2540" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="Slough Borough Council Logo and tagline &quot;growing a place of opportunity and ambition&quot;"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="Slough Borough Council Logo and tagline &quot;growing a place of opportunity and ambition&quot;"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -1292,111 +1317,122 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="685441ED" w14:textId="77777777" w:rsidR="00547C19" w:rsidRDefault="00547C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00547C19"/>
     <w:rsid w:val="000D75FC"/>
+    <w:rsid w:val="00162FA8"/>
+    <w:rsid w:val="0025371B"/>
     <w:rsid w:val="00547C19"/>
     <w:rsid w:val="00727488"/>
+    <w:rsid w:val="008A01DE"/>
+    <w:rsid w:val="16D1DF31"/>
+    <w:rsid w:val="1B40FF14"/>
+    <w:rsid w:val="21A6E147"/>
+    <w:rsid w:val="3E605449"/>
+    <w:rsid w:val="5269E854"/>
+    <w:rsid w:val="6B05EB00"/>
+    <w:rsid w:val="75DD4EBB"/>
+    <w:rsid w:val="77310ED6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4DD7D2BB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C6FB560F-8202-44DE-9B83-7C9C86415B51}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1753,96 +1789,93 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00547C19"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00547C19"/>
+    <w:rsid w:val="00162FA8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000D75FC"/>
+    <w:rsid w:val="00162FA8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000D75FC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
@@ -1897,120 +1930,121 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00547C19"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00547C19"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00547C19"/>
+    <w:rsid w:val="00162FA8"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000D75FC"/>
+    <w:rsid w:val="00162FA8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D75FC"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D75FC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000D75FC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DataProtectionOfficer@slough.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DataProtectionOfficer@slough.gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2268,74 +2302,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F9E2E4B-A564-4E60-A4EB-B3A0DC44A3A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2894</Characters>
+  <Pages>3</Pages>
+  <Words>548</Words>
+  <Characters>2995</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>6</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>103</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Application for Access to Personal Information held by Slough Borough Council</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3395</CharactersWithSpaces>
+  <CharactersWithSpaces>3494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Application for Access to Personal Information held by Slough Borough Council</dc:title>
   <dc:subject/>
   <dc:creator>Koenig Gaby</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>